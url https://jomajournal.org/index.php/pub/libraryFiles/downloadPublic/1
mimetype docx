--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -8,2621 +8,2170 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00DF01EA" w:rsidRDefault="00774947" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00DF01EA" w:rsidRDefault="00774947" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:sectPr w:rsidR="00DF01EA" w:rsidSect="00BB55E6">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:footnotePr>
             <w:numFmt w:val="lowerLetter"/>
           </w:footnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="170" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3561F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Makale Başlığı</w:t>
       </w:r>
       <w:r w:rsidR="008E5FA7">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00964046" w:rsidRPr="00A52B14" w:rsidRDefault="00964046" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00964046" w:rsidRPr="00A52B14" w:rsidRDefault="00964046" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="177"/>
         <w:tblW w:w="9638" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4819"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
       <w:tr w:rsidR="00570FAD" w:rsidRPr="001C24C2" w:rsidTr="00BB55E6">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00570FAD" w:rsidRPr="00DF01EA" w:rsidRDefault="00774947" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00570FAD" w:rsidRPr="00DF01EA" w:rsidRDefault="00774947" w:rsidP="00010A19">
             <w:pPr>
               <w:pStyle w:val="YAZARBLGS"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3561F">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>Birinci YAZAR</w:t>
             </w:r>
             <w:r w:rsidR="00570FAD">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00570FAD" w:rsidRPr="00DF01EA" w:rsidRDefault="00774947" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00570FAD" w:rsidRPr="00DF01EA" w:rsidRDefault="00774947" w:rsidP="00010A19">
             <w:pPr>
               <w:pStyle w:val="YAZARBLGS"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>İkinci YAZAR</w:t>
             </w:r>
             <w:r w:rsidR="00570FAD">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570FAD" w:rsidRPr="001C24C2" w:rsidTr="00BB55E6">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00570FAD" w:rsidRPr="00DF01EA" w:rsidRDefault="00774947" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00570FAD" w:rsidRPr="00DF01EA" w:rsidRDefault="00774947" w:rsidP="00010A19">
             <w:pPr>
               <w:pStyle w:val="YAZARBLGS"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>Üçüncü YAZAR</w:t>
             </w:r>
             <w:r w:rsidR="00570FAD">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00570FAD" w:rsidRPr="00DF01EA" w:rsidRDefault="00774947" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00570FAD" w:rsidRPr="00DF01EA" w:rsidRDefault="00774947" w:rsidP="00010A19">
             <w:pPr>
               <w:pStyle w:val="YAZARBLGS"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>Dördüncü YAZAR</w:t>
             </w:r>
             <w:r w:rsidR="00570FAD">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E579B0" w:rsidRPr="00552DF0" w:rsidRDefault="00E579B0" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00E579B0" w:rsidRPr="00552DF0" w:rsidRDefault="00E579B0" w:rsidP="00010A19">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5880"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9648" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4702"/>
         <w:gridCol w:w="246"/>
         <w:gridCol w:w="4700"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidTr="001A08B1">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB24C2" w:rsidRPr="005B753D" w:rsidRDefault="005313D6" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00CB24C2" w:rsidRPr="005B753D" w:rsidRDefault="00E955D5" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>Makale Başlığı</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Article Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CB24C2" w:rsidRPr="008716C3" w:rsidRDefault="00CB24C2" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00CB24C2" w:rsidRPr="008716C3" w:rsidRDefault="00CB24C2" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB24C2" w:rsidRPr="005B753D" w:rsidRDefault="005313D6" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00CB24C2" w:rsidRPr="005B753D" w:rsidRDefault="00E955D5" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>Article Title</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Makale Başlığı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00892158" w:rsidRPr="001C24C2" w:rsidTr="001A08B1">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00892158" w:rsidRPr="005B753D" w:rsidRDefault="009327AF" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00892158" w:rsidRPr="005B753D" w:rsidRDefault="00E955D5" w:rsidP="00010A19">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="60" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005B753D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t>Öz</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Abstract</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00892158" w:rsidRPr="008716C3" w:rsidRDefault="00892158" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00892158" w:rsidRPr="008716C3" w:rsidRDefault="00892158" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00892158" w:rsidRPr="005B753D" w:rsidRDefault="005B753D" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00892158" w:rsidRPr="00E955D5" w:rsidRDefault="00E955D5" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B753D">
+            <w:r w:rsidRPr="00E955D5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>Abstract</w:t>
+              </w:rPr>
+              <w:t>Öz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidTr="001A08B1">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0021590C" w:rsidRPr="0021590C" w:rsidRDefault="0021590C" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00E955D5" w:rsidRPr="009455F2" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0021590C">
+            <w:r w:rsidRPr="009455F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Özet </w:t>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The abstract should be </w:t>
             </w:r>
             <w:r w:rsidRPr="005D590E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0021590C">
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>exactly 200 words</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (±10). In addition</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009455F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0021590C">
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>, a structured ab</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">stract should be written with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009455F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0021590C">
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">background, aim, method, </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B70F71">
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">findings, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009455F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00790A17">
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and conclusion headings, </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B70F71">
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>given</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009455F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="003A5E69">
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the following guidelines. The abstract and keywords should be in </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...64 lines deleted...]
-              <w:t>.</w:t>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>10-point font and single-spaced.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E0040" w:rsidRPr="00BA3372" w:rsidRDefault="004E0040" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00E955D5" w:rsidRPr="00A9306B" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...303 lines deleted...]
-              <w:t xml:space="preserve"> belirtilebilir.</w:t>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Background.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The question of ‘why’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should be answered here. To achieve this, it should be stated why the topic of the study is important. The research gap and why it should be contributed to filling it should be mentioned. The theory on which the study is based can be stated.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E0040" w:rsidRPr="00BA3372" w:rsidRDefault="00436D56" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00E955D5" w:rsidRPr="00A9306B" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Aim</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">ifade edilmelidir. </w:t>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The purpose of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> study should be briefly stated here. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E0040" w:rsidRDefault="00436D56" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00E955D5" w:rsidRPr="00A9306B" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...155 lines deleted...]
-              <w:t>Derleme türündeki makalelerde, yazın taraması tekniğinden faydalanıldığı ifade edilebilir. Bununla birlikte, derleme sürecinde hangi tarihler, veri tabanları veya materyallerin dâhil edildiği ve hariç tutulduğu belirtilebilir.</w:t>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Method.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The question of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>‘how’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should be answered here. To achie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ve this, information such as date of the research, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>type of research (quanti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tative, qualitative, etc.), </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>data collection technique (questionnaire, interview, etc.), and which analyses were applied should be given. In review articles, it can be stated that the literature review te</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>chnique is utilized. Besides</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, it can be stated which dates, databases, or materials </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">were included and excluded in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>review process.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003B6AC2" w:rsidRPr="003B6AC2" w:rsidRDefault="003B6AC2" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00E955D5" w:rsidRPr="00A9306B" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003B6AC2">
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Findings</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...1 lines deleted...]
-              <w:t>Bulgula</w:t>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...204 lines deleted...]
-              <w:t>yapılmamalıdır.</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The question of ‘what’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should be answered here. To achieve this, the findings should be reported. For example, correlation and regression findings or qualitative research findings. In review studies, it can be explained whether the problem set out to examine has been answered and the research outputs. No interpretation or inference should be made in the findings section.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E0040" w:rsidRPr="003A6BFC" w:rsidRDefault="00436D56" w:rsidP="00DE393B">
+          <w:p w:rsidR="004E0040" w:rsidRPr="003A6BFC" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...45 lines deleted...]
-                <w:lang w:eastAsia="tr-TR"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Conclusion.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The question of ‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>so what</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
-            <w:r w:rsidR="00D54199" w:rsidRPr="00BA3372">
-[...295 lines deleted...]
-              <w:t>dil kullanılmalıdır.</w:t>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should be ans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>wered here. To achieve this,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> meaning of the findings should be explained in a concis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e manner. The originality </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">should then be stated. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>For example, contribution to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> field, i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>mplications for managers/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>employees, mediator/moderator relationship identified for the first time, or a measurement tool developed or adapted for the first time can be emphasized. Modes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>t language should be used in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A9306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> conclusion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidRDefault="00CB24C2" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidRDefault="00CB24C2" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009455F2" w:rsidRPr="009455F2" w:rsidRDefault="009455F2" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00E955D5" w:rsidRPr="0021590C" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+                <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009455F2">
+            <w:r w:rsidRPr="0021590C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">The abstract should be </w:t>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Özet </w:t>
             </w:r>
             <w:r w:rsidRPr="005D590E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>tam 200 kelime</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021590C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009455F2">
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (±10) </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>olmalıdır</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021590C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009455F2">
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>. Ayrıca aşağıda</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="003A5E69">
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>ki yönergeler dikkate alınarak</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021590C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009455F2">
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arka plan, amaç, yöntem, bulgular ve sonuç başlıkları ile </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021590C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009455F2">
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>yapılandırılmış tarzda</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00452873">
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bir özet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021590C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...1 lines deleted...]
-              <w:t>10-point font and single-spaced.</w:t>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yazılmalıdır. Özet ve anahtar kelimel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>er 10 punto ve tek satır aralığında olmalıdır.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A9306B" w:rsidRPr="00A9306B" w:rsidRDefault="00436D56" w:rsidP="00A9306B">
+          <w:p w:rsidR="00E955D5" w:rsidRPr="00BA3372" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Arka</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> should be answered here. To achieve this, it should be stated why the topic of the study is important. The research gap and why it should be contributed to filling it should be mentioned. The theory on which the study is based can be stated.</w:t>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>plan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Burada </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>ne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>den’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sorusuna cevap verilir.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bunu sağlamak için çalışma konusunun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>neden</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> önemli olduğu ifade edilmelidir.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Araştırma boşluğuna ve doldurulmasına neden katkı sağlanması gerektiğine değinilmelidir. Çalışmanın</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hangi kurama dayandığı</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> belirtilebilir.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A9306B" w:rsidRPr="00A9306B" w:rsidRDefault="00A9306B" w:rsidP="00A9306B">
+          <w:p w:rsidR="00E955D5" w:rsidRPr="00BA3372" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A9306B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...11 lines deleted...]
-              <w:t>.</w:t>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amaç. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> study should be briefly stated here. </w:t>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Burada</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> çalışmanın </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>amacı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kısaca </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ifade edilmelidir. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A9306B" w:rsidRPr="00A9306B" w:rsidRDefault="00436D56" w:rsidP="00A9306B">
+          <w:p w:rsidR="00E955D5" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+                <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...100 lines deleted...]
-              <w:t>review process.</w:t>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Yöntem.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Burada </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>nasıl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sorusuna cevap verilir. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Bunu sağlamak için a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>raştırma tarihi, araştırma türü (nicel, nitel, vb.), veri toplama tekniği (anket, mülakat vb.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hangi analizlerin uygulandığ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>ı gibi bilgiler verilmelidir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009455F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Derleme türündeki makalelerde, yazın taraması tekniğinden faydalanıldığı ifade edilebilir. Bununla birlikte, derleme sürecinde hangi tarihler, veri tabanları veya materyallerin dâhil edildiği ve hariç tutulduğu belirtilebilir.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A9306B" w:rsidRPr="00A9306B" w:rsidRDefault="00A9306B" w:rsidP="00A9306B">
+          <w:p w:rsidR="00E955D5" w:rsidRPr="003B6AC2" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A9306B">
+            <w:r w:rsidRPr="003B6AC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00436D56">
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Bulgula</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...1 lines deleted...]
-              <w:t>.</w:t>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Burada </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> should be answered here. To achieve this, the findings should be reported. For example, correlation and regression findings or qualitative research findings. In review studies, it can be explained whether the problem set out to examine has been answered and the research outputs. No interpretation or inference should be made in the findings section.</w:t>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>ne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sorusuna cevap verilir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>. Bunu sağlamak için elde edilen bulgular raporlanmalıdır</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Örneğin, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>korelasyon</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve regresyon </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>bulguları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> veya nitel araştırma </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>bulguları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gibi.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Derleme çalışmalarda ise incelemek için yola çıkılan soruna</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5D65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cevap </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>bulunup bulunmadığı ve araştırma çıktıları açıklanabilir. Bulgular kısmında yorumlama veya çıkarım yapılmamalıdır.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0052082B" w:rsidRPr="0051410B" w:rsidRDefault="00436D56" w:rsidP="007F51B8">
+          <w:p w:rsidR="0052082B" w:rsidRPr="0051410B" w:rsidRDefault="00E955D5" w:rsidP="00E955D5">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...26 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Sonuç.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Burada </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>niye bu kadar önemli</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
-            <w:r w:rsidR="00A9306B" w:rsidRPr="00A9306B">
-[...96 lines deleted...]
-              <w:t xml:space="preserve"> conclusion.</w:t>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sorusuna cevap verilir.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Bunu sağlamak için b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ulguların ne anlam ifade ettiği öz bir şekilde açıklanmalıdır. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Devamında</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> çalışmanın özgün </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>değeri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>ifade edilmelidir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Örneğin; alana katkı, yöneticiler veya çalışanlar için çıkarımlar, i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>lk defa belirlenen aracılık/düzenleyicilik ilişkisi veya ilk defa geliştirilen veya uyarlanan bir ölçme aracı</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gibi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>hususlar vurgulanabilir. Sonuç kısmında mütevazı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA3372">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>bir dil kullanılmalıdır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidTr="001A08B1">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidRDefault="00CB24C2" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidRDefault="00E955D5" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5E14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
-[...1 lines deleted...]
-              <w:t>Anahtar Kelimeler:</w:t>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Keywords:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="tr-TR"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00670F22">
-[...33 lines deleted...]
-              <w:t>yazılmalıdır.</w:t>
+            <w:r w:rsidRPr="00670F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">At least 3, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00670F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">maximum </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00670F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>5 keywords should be written.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="246" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidRDefault="00CB24C2" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidRDefault="00CB24C2" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidRDefault="00CB24C2" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00CB24C2" w:rsidRPr="001C24C2" w:rsidRDefault="00E955D5" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF5E14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
-[...1 lines deleted...]
-              <w:t>Keywords:</w:t>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>Anahtar Kelimeler:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> En az 3, en fazla </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C24C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>5 adet anahtar kelime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00670F22" w:rsidRPr="00670F22">
-[...42 lines deleted...]
-              <w:t>5 keywords should be written.</w:t>
+            <w:r w:rsidRPr="001C24C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="tr-TR"/>
+              </w:rPr>
+              <w:t>yazılmalıdır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CA7DD2" w:rsidRDefault="00CA3CD2" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00CA7DD2" w:rsidRDefault="00CA3CD2" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Soyad, A. A</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.,</w:t>
@@ -2684,156 +2233,156 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(X</w:t>
       </w:r>
       <w:r w:rsidR="00F05E54" w:rsidRPr="00F05E54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">), #–#. </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00F05E54" w:rsidRPr="008779E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>https://doi.org/xxxx</w:t>
+          <w:t>https://doi.org/</w:t>
+        </w:r>
+        <w:r w:rsidR="00010A19" w:rsidRPr="00010A19">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve">10.70877/joma.xxx </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00CA7DD2" w:rsidRDefault="00CA7DD2" w:rsidP="00CA7DD2">
-[...10 lines deleted...]
-    <w:p w:rsidR="007B4C75" w:rsidRPr="00CA7DD2" w:rsidRDefault="007B4C75" w:rsidP="009E78D2">
+    <w:p w:rsidR="007B4C75" w:rsidRPr="00CA7DD2" w:rsidRDefault="007B4C75" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="007B4C75" w:rsidRPr="00CA7DD2" w:rsidSect="00BB55E6">
           <w:footnotePr>
             <w:numFmt w:val="lowerLetter"/>
           </w:footnotePr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="170" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="007F03AA" w:rsidRDefault="003E7017" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="007F03AA" w:rsidRDefault="003E7017" w:rsidP="00010A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Giriş</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66FE0" w:rsidRDefault="008D4B58" w:rsidP="00717FC6">
+    <w:p w:rsidR="00C66FE0" w:rsidRDefault="008D4B58" w:rsidP="00010A19">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D4B58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">Giriş kısmından itibaren metin iki yana yaslı, 12 punto, Times New Roman tipinde, 1.15 satır aralığında yazılmalıdır. Ayrıca paragraf aralığı önce ve sonra 6nk, satır başı girintisi ise soldan </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008D4B58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>0.5</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008D4B58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> cm olarak ayarlanmalıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D4B58" w:rsidRPr="008D4B58" w:rsidRDefault="00D12F39" w:rsidP="00717FC6">
+    <w:p w:rsidR="008D4B58" w:rsidRPr="008D4B58" w:rsidRDefault="00D12F39" w:rsidP="00010A19">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>İ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D12F39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
@@ -2935,51 +2484,51 @@
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D5794D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>Gönderilen yazılar en az 4000, en fazla</w:t>
       </w:r>
       <w:r w:rsidR="008D4B58" w:rsidRPr="008D4B58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10000 sözcüğü içerek uzunlukta hazırlanmalıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C66FE0" w:rsidRDefault="00C66FE0" w:rsidP="00717FC6">
+    <w:p w:rsidR="00C66FE0" w:rsidRDefault="00C66FE0" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Giriş kısmı yazılırken</w:t>
       </w:r>
       <w:r w:rsidR="0061026C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -3224,79 +2773,79 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Swales</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B945BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2014)</w:t>
       </w:r>
       <w:r w:rsidR="00541022">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="003435F9" w:rsidRDefault="00EC30CD" w:rsidP="00717FC6">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="003435F9" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003435F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Başlık Düzeni</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="00717FC6">
+    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Metin içindeki</w:t>
       </w:r>
       <w:r w:rsidRPr="009356D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -3355,75 +2904,75 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tablo 1’de sunulmuştur</w:t>
       </w:r>
       <w:r w:rsidR="00717FC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="00835313" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="00835313" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00835313">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tablo 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="00835313" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="00835313" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Başlık Düzeyleri v</w:t>
       </w:r>
       <w:r w:rsidRPr="00835313">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3438,530 +2987,528 @@
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="750"/>
         <w:gridCol w:w="8888"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidTr="00CC214D">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00091360" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="007E1E20" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00091360">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Düzey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8888" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00091360" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="007E1E20" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00091360">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Biçim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidTr="00CC214D">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8888" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Birinci düzey başlıklar ortalanmış, kalın, sözcüklerin ilk harfleri büyük, devamı küçük yazılır. Metin yeni </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>paragraftan devam eder.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1. Giriş</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Xxxxxxxxxxxxxx</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2. Kavramsal Çerçeve</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Xxxxxxxxxxxxxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidTr="00CC214D">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8888" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İkinci düzey başlıklar sola yaslı, kalın, sözcüklerin ilk harfleri büyük, devamı küçük yazılır. Metin yeni paragraftan devam eder.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2.1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00C50F25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Çalışma Yeterliliği Kavramı</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Xxxxxxxxxxxxxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidTr="00CC214D">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8888" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Üçüncü düzey başlıklar sola yaslı, kalın, italik, sözcüklerin ilk harfleri büyük, devamı küçük yazılır. Metin yeni paragraftan devam eder.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2.1.1. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Çalışma Yeterliliğinin Ölçülmesi</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Xxxxxxxxxxxxxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidTr="00CC214D">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8888" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dördüncü düzey başlıklar sola yaslı, girintili (0,5 cm), kalın, sözcüklerin ilk harfleri büyük, devamı küçük yazılmalıdır. Başlık sonuna nokta (.) işareti koyulur. Metin aynı satırdan devam eder.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3988,97 +3535,97 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Xxxxxxxxxxxxxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidTr="00CC214D">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="750" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8888" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Beşinci düzey başlıklar sola yaslı, girintili (0,5 cm), kalın, italik, sözcüklerin ilk harfleri büyük, devamı küçük yazılmalıdır. Başlık sonuna nokta (.) işareti koyulur. Metin aynı satırdan devam eder.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="00261644" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
@@ -4100,136 +3647,137 @@
             </w:r>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00261644">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Xxxxxxxxxxxxxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="007F03AA" w:rsidRDefault="003E7017" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="007F03AA" w:rsidRDefault="003E7017" w:rsidP="00010A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Kavramsal Çerçeve</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00891D77" w:rsidP="006A46D5">
+    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00891D77" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Giriş kısmından sonra</w:t>
       </w:r>
       <w:r w:rsidR="00F4569F" w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> çalışmanın türüne göre</w:t>
@@ -4285,85 +3833,86 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tartışma ve sonuç </w:t>
       </w:r>
       <w:r w:rsidR="006A46D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>şeklindedir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C7593" w:rsidRDefault="003C7593" w:rsidP="006A46D5">
+    <w:p w:rsidR="003C7593" w:rsidRDefault="003C7593" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRDefault="003E7017" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00F4569F" w:rsidRDefault="003E7017" w:rsidP="00010A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A956FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yöntem</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD2758" w:rsidRPr="00AD2758" w:rsidRDefault="00AD2758" w:rsidP="00AD2758">
+    <w:p w:rsidR="00AD2758" w:rsidRPr="00AD2758" w:rsidRDefault="00AD2758" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2758">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yöntem kısmında</w:t>
       </w:r>
       <w:r w:rsidR="00457DFD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, tercihen,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2758">
         <w:rPr>
@@ -4392,139 +3941,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tercih</w:t>
       </w:r>
       <w:r w:rsidR="00D5794D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en, işlem kısmında açıklanmalıdır</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="006A46D5" w:rsidRDefault="00292953" w:rsidP="006A46D5">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="006A46D5" w:rsidRDefault="00292953" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A956FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Örneklem</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="006A46D5">
+    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ölçm</w:t>
       </w:r>
       <w:r w:rsidR="004344E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e Araçları</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292953" w:rsidRPr="00A956FE" w:rsidRDefault="00292953" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00292953" w:rsidRPr="00A956FE" w:rsidRDefault="00292953" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A956FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">İşlem </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E6146" w:rsidRDefault="00B63EF1" w:rsidP="00AD2758">
+    <w:p w:rsidR="005E6146" w:rsidRDefault="00B63EF1" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B63EF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Burada araştırma tasarımı, </w:t>
       </w:r>
       <w:r w:rsidR="00936D58" w:rsidRPr="00B63EF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>veri toplama süreci</w:t>
       </w:r>
       <w:r w:rsidR="00936D58" w:rsidRPr="00936D58">
         <w:rPr>
@@ -4619,51 +4168,51 @@
       <w:r w:rsidR="0039249B" w:rsidRPr="00AD2758">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kısmında ye</w:t>
       </w:r>
       <w:r w:rsidR="005E6146" w:rsidRPr="00AD2758">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r verilmelidir.</w:t>
       </w:r>
       <w:r w:rsidR="00AD2758">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Örnek gösterim:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039249B" w:rsidRDefault="0039249B" w:rsidP="007E3DF1">
+    <w:p w:rsidR="0039249B" w:rsidRDefault="0039249B" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2758">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Bu araştırma için </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AD2758">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>……………………</w:t>
@@ -4724,51 +4273,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> No.</w:t>
       </w:r>
       <w:r w:rsidR="00B300C0" w:rsidRPr="00AD2758">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">lu karar ile </w:t>
       </w:r>
       <w:r w:rsidR="008D18E3" w:rsidRPr="00AD2758">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>gerekli izin alınmıştır.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C7593" w:rsidRDefault="008D18E3" w:rsidP="007E3DF1">
+    <w:p w:rsidR="003C7593" w:rsidRDefault="008D18E3" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D18E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Olgu sunumu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>türündeki çalışmalar</w:t>
       </w:r>
       <w:r w:rsidRPr="008D18E3">
         <w:rPr>
@@ -4805,51 +4354,51 @@
       <w:r w:rsidR="00B97FA0" w:rsidRPr="008D18E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D18E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kısmında yer verilmelidir.</w:t>
       </w:r>
       <w:r w:rsidR="003C7593">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Örnek gösterim:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B63EF1" w:rsidRPr="008D18E3" w:rsidRDefault="00CA0219" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00B63EF1" w:rsidRPr="008D18E3" w:rsidRDefault="00CA0219" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00690E7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Çalışmaya katılım gösteren tüm bireylerden </w:t>
       </w:r>
       <w:r>
@@ -4858,105 +4407,106 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">imzalı </w:t>
       </w:r>
       <w:r w:rsidRPr="00690E7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bilgilendirilmiş onam formu alınmıştır.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC30CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bulgular</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="00CC6D81" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="00CC6D81" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tablolar ve Şekiller</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="007F03AA" w:rsidRDefault="00EC30CD" w:rsidP="00437EDF">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="007F03AA" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tablo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5267,74 +4817,74 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’de sunulmuştur</w:t>
       </w:r>
       <w:r w:rsidR="00FF1EE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00FF1EE2" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00FF1EE2" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tablo 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C309F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Geçerlilik Analizi Sonuçları</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -5350,833 +4900,818 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidTr="005F3D54">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="007E1E20" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ölçme araçları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="0007704F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="007E1E20" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0007704F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:r w:rsidRPr="0007704F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="0007704F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0007704F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="0007704F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="007E1E20" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0007704F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CFI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="0007704F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="007E1E20" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0007704F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>GFI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="0007704F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="007E1E20" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0007704F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TLI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="0007704F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="007E1E20" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0007704F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007E1E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RMSEA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidTr="005F3D54">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Çalışma yeterliliği </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.946</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.903</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.922</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.05</w:t>
             </w:r>
             <w:r w:rsidRPr="008C309F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidTr="005F3D54">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Görev performansı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.918</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.901</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.917</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.047</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidTr="005F3D54">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C309F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ölçüm </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C309F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>modeli</w:t>
             </w:r>
             <w:r w:rsidRPr="008C309F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C309F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.983</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C309F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.986</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C309F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.958</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+          <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C309F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.033</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="0007704F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="0007704F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C309F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Not. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -6321,101 +5856,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: Normlaştırılmamış uyum indeksi, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D74D15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>RMSEA</w:t>
       </w:r>
       <w:r w:rsidRPr="0071260B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Yaklaşık hataların ortalama karekökü.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="849" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008C309F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008C309F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tüm ölçme araçlarının</w:t>
       </w:r>
       <w:r w:rsidRPr="008C309F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> analize dahil edildiği genel yapı.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="008C309F" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="849" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C309F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0007704F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -6451,78 +5986,79 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt; .01, *** </w:t>
       </w:r>
       <w:r w:rsidRPr="0007704F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="008C309F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt; .001.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC30CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Tartışma ve Sonuç</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRPr="00BB2D42" w:rsidRDefault="00BB2D42" w:rsidP="00BB2D42">
+    <w:p w:rsidR="00EC30CD" w:rsidRPr="00BB2D42" w:rsidRDefault="00BB2D42" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tartışma ve sonuç kısmı</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nda</w:t>
@@ -6610,89 +6146,89 @@
       <w:r w:rsidRPr="00BB2D42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> araştırmalara öneriler </w:t>
       </w:r>
       <w:r w:rsidR="00C31F35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>verilmelidir</w:t>
       </w:r>
       <w:r w:rsidR="000E5DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A7EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Metin </w:t>
       </w:r>
       <w:r w:rsidR="00EC30CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>İçi Atıf Gösterimi</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="00437EDF">
+    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07FB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>APA kurallarına</w:t>
       </w:r>
       <w:r w:rsidR="00825AAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -6760,92 +6296,92 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iki</w:t>
       </w:r>
       <w:r w:rsidR="00483965">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> türde </w:t>
       </w:r>
       <w:r w:rsidR="00825AAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>yapılmalıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00483965" w:rsidRPr="009A43E8" w:rsidRDefault="00483965" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00483965" w:rsidRPr="009A43E8" w:rsidRDefault="00483965" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A43E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Parantez </w:t>
       </w:r>
       <w:r w:rsidR="004344E0" w:rsidRPr="009A43E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>İçi Atıf</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00483965" w:rsidRPr="00483965" w:rsidRDefault="00483965" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00483965" w:rsidRPr="00483965" w:rsidRDefault="00483965" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Örnek </w:t>
       </w:r>
       <w:r w:rsidRPr="00483965">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -6887,133 +6423,133 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:r w:rsidR="00C577BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaya</w:t>
       </w:r>
       <w:r w:rsidR="00217DFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2023)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00483965" w:rsidRPr="009A43E8" w:rsidRDefault="00483965" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00483965" w:rsidRPr="009A43E8" w:rsidRDefault="00483965" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A43E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Öyküsel </w:t>
       </w:r>
       <w:r w:rsidR="004344E0" w:rsidRPr="009A43E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atıf</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00483965" w:rsidRPr="00483965" w:rsidRDefault="00483965" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00483965" w:rsidRPr="00483965" w:rsidRDefault="00483965" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Örnek öyküsel atıf gösterimi: </w:t>
       </w:r>
       <w:r w:rsidR="00C577BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yılmaz ve Kaya</w:t>
       </w:r>
       <w:r w:rsidR="00217DFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2023)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="007E3DF1">
+    <w:p w:rsidR="00EC30CD" w:rsidRDefault="00EC30CD" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A7EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Metin </w:t>
@@ -7027,73 +6563,73 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>İçi Atıf Gösteriminde</w:t>
       </w:r>
       <w:r w:rsidRPr="003A7EB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dikkat Edilmesi Gere</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kenler</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00C07FB1" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00C07FB1" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C07FB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>APA kurallarına göre metin içi atıf gösterimi yaparken dikkat edilmesi gereken bazı detaylar aşağıda sunulmuştur.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Üç ve daha fazla yazarlı çalışmalar </w:t>
       </w:r>
@@ -7104,218 +6640,218 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">için ilk gösterim dâhil olmak üzere </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vd.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kısaltması ile gösterim yapılmalıdır. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Birden fazla metin içi atıf yaparken alfabetik sıra kullanılmalıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Ada, 2019; Derin, 2007; Şahin, 2009)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yalnızca yazar ve yıl bilgisi verilmeli sayfa bilgisi verilmemelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Ada, 2019).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00673C69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eğer bir metinde doğrudan alıntı söz konusuysa ilgili kısım tırnak işaretleri içine alınmalı ve bu defa yazar ve yıl bilgisi ile birlikte sayfa numarası da gösterilmelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……....</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>” (Ada, 2019, s. 14).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>‘ve’ bağlacı</w:t>
       </w:r>
@@ -7352,113 +6888,113 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kullanılmalı</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dır</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (öyküsel atıf hariç).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005725EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ada &amp; Derin, 2019)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ada ve Derin (2019)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aynı yazarın aynı yılda yayınlanmış farklı eserleri için </w:t>
       </w:r>
@@ -7481,108 +7017,108 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> gösterimler </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dahil</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> edilmelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Ada, 2019a; Ada, 2019b)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aynı soy isimli yazarlarda metin içi atıf yaparken ilgili yazarların isimlerinin baş harfleri eklenmelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(J. M. Taylor &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7593,51 +7129,51 @@
         </w:rPr>
         <w:t>Neimeyer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 2015; T. Taylor, 2014)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tarihi olmayan eserler </w:t>
       </w:r>
@@ -7658,101 +7194,101 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> şeklinde belirtilmeli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dir</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="567" w:firstLine="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Türk Dil Kurumu, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t.y</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7795,51 +7331,51 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>şeklinde kullanılmalı</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dır</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E6025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7901,51 +7437,51 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> şeklinde kullanılmalı</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dır</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Metin içi atıflarda </w:t>
       </w:r>
@@ -7968,51 +7504,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gibi</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> son ekler dahil edilmemelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="851" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sidney</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -8029,51 +7565,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> → (Smith, 2005)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00EF37D7" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:hanging="142"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Farklı bilgilerle birlikte metin içi atıf verirken</w:t>
       </w:r>
@@ -8083,117 +7619,117 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> parante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>z içinde parantez kullanılmamalı, noktalı virgül ile ayırarak yan yana gösterim yapılmalıdır</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF37D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="007E3DF1">
+    <w:p w:rsidR="000C1174" w:rsidRPr="00C45339" w:rsidRDefault="000C1174" w:rsidP="00010A19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="709" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(e.g., falsely balanced news coverage; Koehler, 2016)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C45339">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="007F03AA" w:rsidRDefault="005F07A7" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="007F03AA" w:rsidRDefault="005F07A7" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Kaynak</w:t>
       </w:r>
       <w:r w:rsidR="006172E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ça</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C1BEF" w:rsidRDefault="00F4569F" w:rsidP="00717FC6">
+    <w:p w:rsidR="005C1BEF" w:rsidRDefault="00F4569F" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Makale içinde gösterimi yapılan tüm </w:t>
       </w:r>
       <w:r w:rsidR="003153EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atıflar</w:t>
       </w:r>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
@@ -8406,102 +7942,94 @@
       </w:r>
       <w:r w:rsidR="002D7C3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>soyadı-yıl esasına</w:t>
       </w:r>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> göre a</w:t>
       </w:r>
       <w:r w:rsidR="00EE5E4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lfabetik olarak sıralanmalıdır. </w:t>
       </w:r>
+      <w:r w:rsidR="002A7707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kaynakça 10 punto, tek satır aralığı, önce ve sonra 6nk ayarlanmalı ve </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="002D7C3D" w:rsidRPr="002D7C3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Kaynakçada her b</w:t>
+        <w:t>her b</w:t>
       </w:r>
       <w:r w:rsidR="002D7C3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir eserin alt satırı soldan </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">ir eserin alt satırı soldan 0.5 </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7C3D" w:rsidRPr="002D7C3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cm girintili başlamalıdır.</w:t>
+      </w:r>
       <w:r w:rsidR="002D7C3D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>0.5</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D7C3D" w:rsidRPr="002D7C3D">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0081475E" w:rsidRPr="00473742" w:rsidRDefault="002D3D14" w:rsidP="00717FC6">
+    <w:p w:rsidR="0081475E" w:rsidRPr="00473742" w:rsidRDefault="002D3D14" w:rsidP="00010A19">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00091A9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>Amerikan Psikoloji Derneği</w:t>
       </w:r>
       <w:r w:rsidR="00557F2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8693,74 +8221,74 @@
       <w:r w:rsidR="00F4569F" w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaynakça iç</w:t>
       </w:r>
       <w:r w:rsidR="007B44F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in örnek gösterimler</w:t>
       </w:r>
       <w:r w:rsidR="0060068F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aşağıda sunulmuştur.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="004F76C1" w:rsidRDefault="00B57D03" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="004F76C1" w:rsidRDefault="00B57D03" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Makale</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F77890" w:rsidRDefault="00F77890" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F77890" w:rsidRDefault="00F77890" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Çavuş, M. F</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
@@ -8803,51 +8331,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> örgüt iklimi, örgütsel umursamazlık ve iş tatmini: Kavramlar ve ölçme araçları. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Örgütsel Davranış Çalışmaları Dergisi, 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(2), 110-123.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E017B" w:rsidRPr="005E017B" w:rsidRDefault="005E017B" w:rsidP="00717FC6">
+    <w:p w:rsidR="005E017B" w:rsidRPr="005E017B" w:rsidRDefault="005E017B" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005E017B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Develi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005E017B">
@@ -8935,74 +8463,74 @@
       </w:r>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Organizational Psychology, 12</w:t>
       </w:r>
       <w:r w:rsidRPr="005E017B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(4), 86-102.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="004F76C1" w:rsidRDefault="00F4569F" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="004F76C1" w:rsidRDefault="00F4569F" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI numarası bulunan makale </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F77890" w:rsidRDefault="00F77890" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F77890" w:rsidRDefault="00F77890" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Develi, A</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.,</w:t>
@@ -9055,51 +8583,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(1), 123-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">137. </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00E2068F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.18394/iid.822693</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00511A96" w:rsidRPr="005E017B" w:rsidRDefault="005E017B" w:rsidP="00717FC6">
+    <w:p w:rsidR="00511A96" w:rsidRPr="005E017B" w:rsidRDefault="005E017B" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005E017B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Develi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005E017B">
         <w:rPr>
@@ -9186,89 +8714,89 @@
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="005E017B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.14807/ijmp.v13i1.1555</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005E017B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00065FFE" w:rsidRDefault="008C25CC" w:rsidP="00717FC6">
+    <w:p w:rsidR="00065FFE" w:rsidRDefault="008C25CC" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Erken görünüm</w:t>
       </w:r>
       <w:r w:rsidR="00065FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> makale</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00473742" w:rsidRDefault="00065FFE" w:rsidP="00717FC6">
+    <w:p w:rsidR="00473742" w:rsidRDefault="00065FFE" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00065FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="121213"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Develi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -9327,77 +8855,77 @@
         <w:t xml:space="preserve">. Advance online publication. </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00065FFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/0361073X.2023.2250226</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00065FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0462C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00473742" w:rsidRDefault="00234772" w:rsidP="00717FC6">
+    <w:p w:rsidR="00473742" w:rsidRDefault="00234772" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Meta analiz çalışması</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00473742" w:rsidRDefault="0081475E" w:rsidP="00717FC6">
+    <w:p w:rsidR="00473742" w:rsidRDefault="0081475E" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C1753">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C1753">
         <w:rPr>
@@ -9545,127 +9073,127 @@
         <w:r w:rsidRPr="003C1753">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/00332941211051988</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003C1753">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Kitap </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="00B05A6B" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="00B05A6B" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B05A6B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Koçel, T. (2013). </w:t>
       </w:r>
       <w:r w:rsidRPr="00B05A6B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>İşletme yöneticiliği: Yönetim ve organizasyon, organizasyonlarda davranış, klasik, modern, çağdaş ve güncel yaklaşımlar</w:t>
       </w:r>
       <w:r w:rsidRPr="00B05A6B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (14. baskı)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B05A6B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>. Beta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="00BB291B" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="00BB291B" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB291B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Robbins, S. P. &amp; Judge, T. A. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB291B">
         <w:rPr>
@@ -9688,73 +9216,73 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB291B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Updated eighteenth edition)</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB291B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Pearson.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="004F76C1" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="004F76C1" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DOI numarası bulunan kitap</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="00BB291B" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="00BB291B" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB291B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Oldcorn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB291B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9812,75 +9340,75 @@
         </w:rPr>
         <w:t xml:space="preserve">Red Globe Press. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00BB291B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/978-1-349-13195-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB291B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="004F76C1" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="004F76C1" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Editörlü kitap </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="006203CC" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="006203CC" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006203CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yıldız H</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006203CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.,</w:t>
       </w:r>
@@ -9917,77 +9445,77 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Örgütlerde güç ve politika.</w:t>
       </w:r>
       <w:r w:rsidRPr="006203CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006203CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="004F76C1" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="004F76C1" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Editörlü kitapta bölüm </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Develi, A. (2022). Stratejik karar verme. İçinde E. Irk (Ed.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stratejiye dair seçki yazılar</w:t>
       </w:r>
@@ -10034,51 +9562,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F77890">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nobel Akademik Yayıncılık.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="005A7AB7" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="005A7AB7" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A7AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Swales, J. (2014). Create a research space (CARS) model of research introductions. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10147,77 +9675,77 @@
         <w:t xml:space="preserve"> (2nd ed., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pp. 12-15</w:t>
       </w:r>
       <w:r w:rsidRPr="005A7AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>). Bedford/St. Martin’s.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="004F76C1" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="004F76C1" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Çeviri kitap </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00887708" w:rsidRPr="007F03AA" w:rsidRDefault="00887708" w:rsidP="00887708">
+    <w:p w:rsidR="00887708" w:rsidRPr="007F03AA" w:rsidRDefault="00887708" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Porter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, M. E. (2013). </w:t>
@@ -10273,141 +9801,141 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. baskı), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aura</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yayınevi. (Orijinal çalışma 1980 yılında yayımlanmıştır).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D3D14" w:rsidRPr="004F76C1" w:rsidRDefault="002D3D14" w:rsidP="00717FC6">
+    <w:p w:rsidR="002D3D14" w:rsidRPr="004F76C1" w:rsidRDefault="002D3D14" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Tez</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D3D14" w:rsidRPr="004F76C1" w:rsidRDefault="002D3D14" w:rsidP="00717FC6">
+    <w:p w:rsidR="002D3D14" w:rsidRPr="004F76C1" w:rsidRDefault="002D3D14" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Develi, A. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Çalışma yeterliliği, iş tatmini ve görev performansı ilişkisini belirlemeye yönelik bir araştırma</w:t>
       </w:r>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="131314"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Yayımlanmamış doktora tezi]. Osmaniye Korkut Ata Üniversitesi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="004F76C1" w:rsidRDefault="00B57D03" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="004F76C1" w:rsidRDefault="00B57D03" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F76C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Bildiri</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRDefault="0088772D" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRDefault="0088772D" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088772D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Develi, A</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0088772D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.,</w:t>
       </w:r>
@@ -10818,75 +10346,75 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005C00F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Kafkas </w:t>
       </w:r>
       <w:r w:rsidR="00F4569F" w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Üniversitesi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD5067" w:rsidRDefault="00431B32" w:rsidP="00717FC6">
+    <w:p w:rsidR="00AD5067" w:rsidRDefault="00431B32" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sözlük</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00431B32" w:rsidRPr="00431B32" w:rsidRDefault="00403A79" w:rsidP="00717FC6">
+    <w:p w:rsidR="00431B32" w:rsidRPr="00431B32" w:rsidRDefault="00403A79" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Türk Dil Kurumu.</w:t>
       </w:r>
       <w:r w:rsidR="00431B32" w:rsidRPr="00431B32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -10956,75 +10484,75 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2 Mayıs 2024 tarihinde </w:t>
       </w:r>
       <w:r w:rsidR="00F25EAD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>https://sozluk.gov.tr</w:t>
       </w:r>
       <w:r w:rsidR="007E3DF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> adresinden alındı.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00431B32" w:rsidRPr="00AD5067" w:rsidRDefault="00612B34" w:rsidP="00717FC6">
+    <w:p w:rsidR="00431B32" w:rsidRPr="00AD5067" w:rsidRDefault="00612B34" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Web sayfası</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="00D66972" w:rsidRDefault="00612B34" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="00D66972" w:rsidRDefault="00612B34" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D66972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>American Psychological Association. (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D66972">
         <w:rPr>
@@ -11076,100 +10604,100 @@
         <w:r w:rsidRPr="00D66972">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D66972">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="007F03AA" w:rsidRDefault="00F4569F" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="007F03AA" w:rsidRDefault="00F4569F" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="003432AE" w:rsidRDefault="00F4569F" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="003432AE" w:rsidRDefault="00F4569F" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F03AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="003432AE" w:rsidRPr="003432AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Extended Summary</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002000AF" w:rsidRPr="00D2681E" w:rsidRDefault="00F4569F" w:rsidP="00717FC6">
+    <w:p w:rsidR="002000AF" w:rsidRPr="00D2681E" w:rsidRDefault="00F4569F" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2681E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Türkçe </w:t>
       </w:r>
       <w:r w:rsidR="002000AF" w:rsidRPr="00D2681E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">hazırlanmış </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2681E">
@@ -11265,407 +10793,407 @@
       <w:r w:rsidR="00D2681E" w:rsidRPr="00D2681E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kabul</w:t>
       </w:r>
       <w:r w:rsidR="000D2712">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ün</w:t>
       </w:r>
       <w:r w:rsidR="00D2681E" w:rsidRPr="00D2681E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>den sonra yazılabilir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>Background.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6408A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> The question of ‘why’ should be answered here. To achieve this, it should be stated why the topic of the study is important. The research gap and why it should be contributed to filling it should be mentioned. The theory on which the study is based can be stated.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>Aim.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6408A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> The purpose of study should be briefly stated here. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRPr="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRPr="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F6408A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>Method.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6408A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> The question of ‘how’ should be answered here. To achieve this, information such as date of the research, type of research (quantitative, qualitative, etc.), data collection technique (questionnaire, interview, etc.), and which analyses were applied should be given. In review articles, it can be stated that the literature review technique is utilized. Besides, it can be stated which dates, databases, or materials were included and excluded in review process.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>Findings.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6408A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> The question of ‘what’ should be answered here. To achieve this, the findings should be reported. For example, correlation and regression findings or qualitative research findings. In review studies, it can be explained whether the problem set out to examine has been answered and the research outputs. No interpretation or inference should be made in the findings section.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F6408A" w:rsidRPr="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="00F6408A" w:rsidRPr="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002000AF" w:rsidRPr="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00F6408A">
+    <w:p w:rsidR="002000AF" w:rsidRPr="00F6408A" w:rsidRDefault="00F6408A" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>Conclusion.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6408A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> The question of ‘so what’ should be answered here. To achieve this, meaning of the findings should be explained in a concise manner. The originality should then be stated. For example, contribution to field, implications for managers/employees, mediator/moderator relationship identified for the first time, or a measurement tool developed or adapted for the first time can be emphasized. Modest language should be used in conclusion.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002000AF" w:rsidRDefault="002000AF" w:rsidP="00717FC6">
+    <w:p w:rsidR="002000AF" w:rsidRDefault="002000AF" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRDefault="00F4569F" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRDefault="00F4569F" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006077F7" w:rsidRDefault="006077F7" w:rsidP="00717FC6">
+    <w:p w:rsidR="006077F7" w:rsidRDefault="006077F7" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006077F7" w:rsidRDefault="006077F7" w:rsidP="00717FC6">
+    <w:p w:rsidR="006077F7" w:rsidRDefault="006077F7" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006077F7" w:rsidRDefault="006077F7" w:rsidP="00717FC6">
+    <w:p w:rsidR="006077F7" w:rsidRDefault="006077F7" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006077F7" w:rsidRPr="007F03AA" w:rsidRDefault="006077F7" w:rsidP="00717FC6">
+    <w:p w:rsidR="006077F7" w:rsidRPr="007F03AA" w:rsidRDefault="006077F7" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C73CEB" w:rsidRPr="0087361E" w:rsidRDefault="00B97FA0" w:rsidP="00717FC6">
+    <w:p w:rsidR="00C73CEB" w:rsidRPr="0087361E" w:rsidRDefault="00B97FA0" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Açıklama </w:t>
       </w:r>
       <w:r w:rsidR="00C73CEB" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Beyanlar</w:t>
       </w:r>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ı</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00690E7E" w:rsidRPr="0087361E" w:rsidRDefault="00690E7E" w:rsidP="00717FC6">
+    <w:p w:rsidR="00690E7E" w:rsidRPr="0087361E" w:rsidRDefault="00690E7E" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Etik beyanı: </w:t>
       </w:r>
       <w:r w:rsidR="00501597" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -11684,51 +11212,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bilimsel araştırma ve yayın etiği kurallarına</w:t>
       </w:r>
       <w:r w:rsidR="00501597" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> uygun olarak hazırlanmıştır.”</w:t>
       </w:r>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD7743" w:rsidRPr="0087361E" w:rsidRDefault="00690E7E" w:rsidP="00717FC6">
+    <w:p w:rsidR="00DD7743" w:rsidRPr="0087361E" w:rsidRDefault="00690E7E" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ç</w:t>
       </w:r>
       <w:r w:rsidR="00DD7743" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
@@ -11796,99 +11324,99 @@
       <w:r w:rsidR="00DD7743" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, çalışmada </w:t>
       </w:r>
       <w:r w:rsidR="00B97FA0" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">kendi açılarından ya da diğer taraflar açısından </w:t>
       </w:r>
       <w:r w:rsidR="00DD7743" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>çıkar çatışması bulunmadığını kabul etmektedir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00690E7E" w:rsidRPr="0087361E" w:rsidRDefault="00690E7E" w:rsidP="00717FC6">
+    <w:p w:rsidR="00690E7E" w:rsidRPr="0087361E" w:rsidRDefault="00690E7E" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Katkı oranı beyanı: </w:t>
       </w:r>
       <w:r w:rsidR="00E256A0" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Birinci ve ikinci yazarın katkı oranı sırasıyla </w:t>
       </w:r>
       <w:r w:rsidR="008B34F1" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>%70 ve %3</w:t>
       </w:r>
       <w:r w:rsidR="00E256A0" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0 şeklindedir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00754429" w:rsidRPr="0087361E" w:rsidRDefault="00754429" w:rsidP="00717FC6">
+    <w:p w:rsidR="00754429" w:rsidRPr="0087361E" w:rsidRDefault="00754429" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Etik kurul onayı:</w:t>
       </w:r>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -11945,69 +11473,69 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Etik Kurulu’ndan …/…/202… Tarih </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ve …</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> No.lu karar ile gerekli izin alınmıştır.”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00754429" w:rsidRPr="0087361E" w:rsidRDefault="00754429" w:rsidP="00717FC6">
+    <w:p w:rsidR="00754429" w:rsidRPr="0087361E" w:rsidRDefault="00754429" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Eğer çalışma etik kurul izni gerektirmiyorsa bu durumun nedeni burada ifade edilmelidir. Örnek gösterim: “Bu çalışma yalnızca ikincil verilerle/yazın taramasıyla gerçekleştirildiği için etik kurul onayı gerektirmemektedir.”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F4569F" w:rsidRPr="0087361E" w:rsidRDefault="00F4569F" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F4569F" w:rsidRPr="0087361E" w:rsidRDefault="00F4569F" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Onam formu bilgisi:</w:t>
       </w:r>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
@@ -12054,128 +11582,126 @@
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">imzalı </w:t>
       </w:r>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bilgilendirilmiş onam formu alınmıştır.</w:t>
       </w:r>
       <w:r w:rsidR="00CA0219" w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00690E7E" w:rsidRPr="0087361E" w:rsidRDefault="00690E7E" w:rsidP="00717FC6">
+    <w:p w:rsidR="00690E7E" w:rsidRPr="0087361E" w:rsidRDefault="00690E7E" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Destek bilgisi:</w:t>
       </w:r>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> Çalışmada herhangi bir kuruluştan destek sağlanmamıştır (eğer destek alındıysa burada ilgili kuruluşun ve/veya projenin ismi ile destek numarası gibi bilgiler sunulmalıdır).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E1103" w:rsidRDefault="00F4569F" w:rsidP="00717FC6">
+    <w:p w:rsidR="008E1103" w:rsidRDefault="00F4569F" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Teşekkür:</w:t>
       </w:r>
       <w:r w:rsidRPr="0087361E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> İsteğe bağlı olarak, teşekkür yazıları burada ifade edilebilir.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95994" w:rsidRDefault="00F95994" w:rsidP="00717FC6">
+    <w:p w:rsidR="00F95994" w:rsidRDefault="00F95994" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95994" w:rsidRPr="0087361E" w:rsidRDefault="00F95994" w:rsidP="00F95994">
+    <w:p w:rsidR="00F95994" w:rsidRPr="0087361E" w:rsidRDefault="00F95994" w:rsidP="00010A19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:align>bottom</wp:align>
             </wp:positionV>
             <wp:extent cx="958850" cy="1088390"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Resim 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -12215,61 +11741,61 @@
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F95994" w:rsidRPr="0087361E" w:rsidSect="00BB55E6">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:footnotePr>
         <w:numFmt w:val="lowerLetter"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="851" w:footer="170" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EB23E9" w:rsidRDefault="00EB23E9" w:rsidP="005C24AF">
+    <w:p w:rsidR="00063DCB" w:rsidRDefault="00063DCB" w:rsidP="005C24AF">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EB23E9" w:rsidRDefault="00EB23E9" w:rsidP="005C24AF">
+    <w:p w:rsidR="00063DCB" w:rsidRDefault="00063DCB" w:rsidP="005C24AF">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -12470,62 +11996,62 @@
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="003E16C8" w:rsidRDefault="003E16C8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="008E1103" w:rsidRDefault="008E1103">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EB23E9" w:rsidRDefault="00EB23E9" w:rsidP="00797648">
+    <w:p w:rsidR="00063DCB" w:rsidRDefault="00063DCB" w:rsidP="00797648">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EB23E9" w:rsidRDefault="00EB23E9" w:rsidP="005C24AF">
+    <w:p w:rsidR="00063DCB" w:rsidRDefault="00063DCB" w:rsidP="005C24AF">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w:rsidR="008E5FA7" w:rsidRDefault="008E5FA7">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021590C">
         <w:t>Makale</w:t>
       </w:r>
@@ -12535,57 +12061,52 @@
       <w:r w:rsidR="0021590C">
         <w:t>tü tezden türetilmişse burada ifade edilmelidir</w:t>
       </w:r>
       <w:r w:rsidR="00BB55E6" w:rsidRPr="00BB55E6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w:rsidR="00570FAD" w:rsidRDefault="00570FAD" w:rsidP="00570FAD">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC72CA">
         <w:t xml:space="preserve">Sorumlu yazar, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003C0B85">
-        <w:t>Ünvan</w:t>
-[...3 lines deleted...]
-        <w:t>, Kurum bilgisi</w:t>
+        <w:t>Ünvan, Kurum bilgisi</w:t>
       </w:r>
       <w:r w:rsidR="00A4102E">
         <w:t xml:space="preserve"> (Üniversite, Fakülte, Bölüm, Ülke)</w:t>
       </w:r>
       <w:r w:rsidR="003C0B85">
         <w:t>, ORCID</w:t>
       </w:r>
       <w:r w:rsidR="00E36447">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003C0B85">
         <w:t>0000-0000</w:t>
       </w:r>
       <w:r w:rsidR="003C0B85" w:rsidRPr="003C0B85">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="003C0B85">
         <w:t>0000-0000</w:t>
       </w:r>
       <w:r w:rsidR="00774947">
         <w:t>, e-Posta</w:t>
       </w:r>
       <w:r w:rsidR="00924CCC">
         <w:t>:</w:t>
       </w:r>
@@ -12764,99 +12285,108 @@
           </w:tcBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00EA3701" w:rsidRPr="003E7325" w:rsidRDefault="00EA3FE4" w:rsidP="008B35B7">
           <w:pPr>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003E7325">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:iCs/>
               <w:sz w:val="26"/>
               <w:szCs w:val="26"/>
             </w:rPr>
             <w:t>Journal of Management Archive</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00EA3FE4" w:rsidRPr="003E7325" w:rsidRDefault="00EA3FE4" w:rsidP="008B35B7">
+        <w:p w:rsidR="00EA3FE4" w:rsidRPr="003E7325" w:rsidRDefault="00010A19" w:rsidP="008B35B7">
           <w:pPr>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003E7325">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t xml:space="preserve">(2024). </w:t>
+            <w:t>(2026</w:t>
           </w:r>
-          <w:r w:rsidRPr="003E7325">
+          <w:r w:rsidR="00EA3FE4" w:rsidRPr="003E7325">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:iCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve">). </w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>1</w:t>
+            <w:t>3</w:t>
           </w:r>
           <w:r w:rsidR="007D1345">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve">(1), </w:t>
           </w:r>
-          <w:r w:rsidR="007D1345" w:rsidRPr="00F05E54">
+          <w:r w:rsidR="007D1345" w:rsidRPr="00010A19">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>#–#</w:t>
           </w:r>
-          <w:r w:rsidRPr="003E7325">
+          <w:r w:rsidR="00EA3FE4" w:rsidRPr="00010A19">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="008B35B7" w:rsidRPr="003E7325" w:rsidRDefault="008B35B7" w:rsidP="008B35B7">
           <w:pPr>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003E7325">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
@@ -12866,120 +12396,143 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3963" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00EA3701" w:rsidRPr="003E7325" w:rsidRDefault="00307DF5" w:rsidP="008B35B7">
           <w:pPr>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003E7325">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>e-</w:t>
           </w:r>
-          <w:r w:rsidR="00EA3701" w:rsidRPr="003E7325">
+          <w:r w:rsidR="00010A19">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>ISSN: 0000-0000</w:t>
+            <w:t>ISSN: 3062-0511</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00A84278" w:rsidRPr="003E7325" w:rsidRDefault="00A84278" w:rsidP="008B35B7">
           <w:pPr>
             <w:spacing w:before="40"/>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003E7325">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t xml:space="preserve">URL: </w:t>
           </w:r>
           <w:hyperlink r:id="rId1" w:history="1">
             <w:r w:rsidRPr="003E7325">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>jomajournal.or</w:t>
             </w:r>
             <w:r w:rsidRPr="003E7325">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00EA3701" w:rsidRPr="003E7325" w:rsidRDefault="00A84278" w:rsidP="007D1345">
+        <w:p w:rsidR="00EA3701" w:rsidRPr="003E7325" w:rsidRDefault="00010A19" w:rsidP="00010A19">
           <w:pPr>
             <w:spacing w:before="40"/>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="003E7325">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>DOI: 10.14807/joma.</w:t>
+            <w:t xml:space="preserve">DOI: </w:t>
           </w:r>
-          <w:r w:rsidR="007D1345">
+          <w:r w:rsidRPr="00010A19">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:t>xxxxx</w:t>
+            <w:t>10.70877</w:t>
           </w:r>
+          <w:r w:rsidR="00A84278" w:rsidRPr="003E7325">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>/</w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00A84278" w:rsidRPr="003E7325">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>joma.</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>xxx</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="001B5412" w:rsidRPr="008716C3" w:rsidRDefault="001B5412" w:rsidP="00A84278">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rStyle w:val="Emphasis"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i w:val="0"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
@@ -13003,111 +12556,109 @@
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5240"/>
       <w:gridCol w:w="4399"/>
     </w:tblGrid>
     <w:tr w:rsidR="008E1103" w:rsidRPr="008E1103" w:rsidTr="000A06DE">
       <w:trPr>
         <w:trHeight w:val="470"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5240" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="008E1103" w:rsidRPr="008E1103" w:rsidRDefault="008E1103" w:rsidP="008E1103">
           <w:pPr>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="008E1103">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Journal</w:t>
-[...9 lines deleted...]
-            <w:t xml:space="preserve"> of Management Archive</w:t>
+            <w:t>Journal of Management Archive</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="008E1103" w:rsidRPr="008E1103" w:rsidRDefault="008E1103" w:rsidP="008E1103">
+        <w:p w:rsidR="008E1103" w:rsidRPr="008E1103" w:rsidRDefault="002A7707" w:rsidP="008E1103">
           <w:pPr>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="008E1103">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">(2024). </w:t>
+            <w:t>(2026</w:t>
           </w:r>
-          <w:r w:rsidRPr="008E1103">
+          <w:r w:rsidR="008E1103" w:rsidRPr="008E1103">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:iCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">). </w:t>
+          </w:r>
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:i/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>1</w:t>
+            <w:t>3</w:t>
           </w:r>
-          <w:r w:rsidRPr="008E1103">
+          <w:r w:rsidR="008E1103" w:rsidRPr="008E1103">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>(</w:t>
           </w:r>
-          <w:r w:rsidRPr="00E54B6B">
+          <w:r w:rsidR="008E1103" w:rsidRPr="00E54B6B">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">1), </w:t>
           </w:r>
           <w:r w:rsidR="00E54B6B" w:rsidRPr="00E54B6B">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>#–#</w:t>
           </w:r>
           <w:r w:rsidR="00E54B6B" w:rsidRPr="00E54B6B">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:iCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>.</w:t>
@@ -15956,151 +15507,153 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="lowerLetter"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C91942"/>
     <w:rsid w:val="000050DF"/>
     <w:rsid w:val="00005C51"/>
     <w:rsid w:val="00006CD2"/>
+    <w:rsid w:val="00010A19"/>
     <w:rsid w:val="00031E14"/>
     <w:rsid w:val="00031F8C"/>
     <w:rsid w:val="00033654"/>
     <w:rsid w:val="000375CD"/>
     <w:rsid w:val="00042584"/>
     <w:rsid w:val="00045D40"/>
     <w:rsid w:val="00050492"/>
+    <w:rsid w:val="00063DCB"/>
     <w:rsid w:val="00065FFE"/>
     <w:rsid w:val="0007704F"/>
     <w:rsid w:val="000827E1"/>
     <w:rsid w:val="00091360"/>
     <w:rsid w:val="000928DF"/>
     <w:rsid w:val="000A06DE"/>
     <w:rsid w:val="000C1174"/>
     <w:rsid w:val="000D2712"/>
     <w:rsid w:val="000D54E0"/>
     <w:rsid w:val="000E0A0A"/>
     <w:rsid w:val="000E256B"/>
     <w:rsid w:val="000E440B"/>
     <w:rsid w:val="000E5876"/>
     <w:rsid w:val="000E5DD2"/>
     <w:rsid w:val="00100355"/>
     <w:rsid w:val="00102491"/>
     <w:rsid w:val="00106B80"/>
     <w:rsid w:val="001172BF"/>
     <w:rsid w:val="00117AFB"/>
-    <w:rsid w:val="00122EE6"/>
     <w:rsid w:val="001237CD"/>
     <w:rsid w:val="001344C8"/>
     <w:rsid w:val="00142B79"/>
     <w:rsid w:val="00142E16"/>
     <w:rsid w:val="00156A2F"/>
     <w:rsid w:val="00160794"/>
     <w:rsid w:val="001675F0"/>
     <w:rsid w:val="001756F1"/>
     <w:rsid w:val="00186ED9"/>
     <w:rsid w:val="0019280C"/>
     <w:rsid w:val="001A08B1"/>
     <w:rsid w:val="001A414E"/>
     <w:rsid w:val="001B5412"/>
     <w:rsid w:val="001C145E"/>
     <w:rsid w:val="001C24C2"/>
     <w:rsid w:val="001C4EF8"/>
     <w:rsid w:val="001D27D9"/>
     <w:rsid w:val="001E257E"/>
     <w:rsid w:val="001E320E"/>
     <w:rsid w:val="001E6025"/>
     <w:rsid w:val="002000AF"/>
     <w:rsid w:val="00214948"/>
     <w:rsid w:val="0021590C"/>
     <w:rsid w:val="00217DFA"/>
     <w:rsid w:val="002213FA"/>
     <w:rsid w:val="002246DD"/>
     <w:rsid w:val="00234772"/>
     <w:rsid w:val="0024643A"/>
     <w:rsid w:val="002600A2"/>
     <w:rsid w:val="00261644"/>
     <w:rsid w:val="0028161C"/>
     <w:rsid w:val="0029077E"/>
     <w:rsid w:val="00292953"/>
     <w:rsid w:val="00294AB9"/>
     <w:rsid w:val="00294E81"/>
     <w:rsid w:val="002A0358"/>
+    <w:rsid w:val="002A7707"/>
     <w:rsid w:val="002B0240"/>
     <w:rsid w:val="002B0C8D"/>
     <w:rsid w:val="002C35E4"/>
     <w:rsid w:val="002C6B0B"/>
     <w:rsid w:val="002C7D1B"/>
     <w:rsid w:val="002D3BE8"/>
     <w:rsid w:val="002D3D14"/>
     <w:rsid w:val="002D7C3D"/>
     <w:rsid w:val="002E16D7"/>
     <w:rsid w:val="002E5C5E"/>
     <w:rsid w:val="002F28AD"/>
     <w:rsid w:val="002F4123"/>
     <w:rsid w:val="00300B7E"/>
     <w:rsid w:val="00304C82"/>
     <w:rsid w:val="00307DF5"/>
     <w:rsid w:val="003153EB"/>
     <w:rsid w:val="00320B35"/>
     <w:rsid w:val="00321D5C"/>
     <w:rsid w:val="00326067"/>
     <w:rsid w:val="003418DC"/>
     <w:rsid w:val="003432AE"/>
     <w:rsid w:val="003435F9"/>
+    <w:rsid w:val="00362887"/>
     <w:rsid w:val="00363674"/>
     <w:rsid w:val="0036714E"/>
     <w:rsid w:val="00380475"/>
     <w:rsid w:val="00384893"/>
     <w:rsid w:val="00391FC2"/>
     <w:rsid w:val="0039249B"/>
     <w:rsid w:val="003A55C4"/>
     <w:rsid w:val="003A5E69"/>
     <w:rsid w:val="003A6BFC"/>
     <w:rsid w:val="003A7EB6"/>
     <w:rsid w:val="003B1F02"/>
     <w:rsid w:val="003B6AC2"/>
     <w:rsid w:val="003C0B85"/>
     <w:rsid w:val="003C1753"/>
     <w:rsid w:val="003C5754"/>
-    <w:rsid w:val="003C6915"/>
     <w:rsid w:val="003C7593"/>
     <w:rsid w:val="003D6BF2"/>
     <w:rsid w:val="003E16C8"/>
     <w:rsid w:val="003E487A"/>
     <w:rsid w:val="003E7017"/>
     <w:rsid w:val="003E7325"/>
     <w:rsid w:val="003F467E"/>
     <w:rsid w:val="004007BE"/>
     <w:rsid w:val="00403A79"/>
     <w:rsid w:val="004130A1"/>
     <w:rsid w:val="004145E7"/>
     <w:rsid w:val="0043063F"/>
     <w:rsid w:val="004307AB"/>
     <w:rsid w:val="00431B32"/>
     <w:rsid w:val="004344E0"/>
     <w:rsid w:val="00436D56"/>
     <w:rsid w:val="00437EDF"/>
     <w:rsid w:val="0044412F"/>
     <w:rsid w:val="00450D7E"/>
     <w:rsid w:val="00452873"/>
     <w:rsid w:val="00454DEA"/>
     <w:rsid w:val="00457DFD"/>
     <w:rsid w:val="0046012D"/>
     <w:rsid w:val="00473742"/>
     <w:rsid w:val="00476CB7"/>
@@ -16109,329 +15662,336 @@
     <w:rsid w:val="004865F1"/>
     <w:rsid w:val="004B294D"/>
     <w:rsid w:val="004B639D"/>
     <w:rsid w:val="004C0D89"/>
     <w:rsid w:val="004C151E"/>
     <w:rsid w:val="004D39F8"/>
     <w:rsid w:val="004D6113"/>
     <w:rsid w:val="004E0040"/>
     <w:rsid w:val="004E5824"/>
     <w:rsid w:val="004F46FF"/>
     <w:rsid w:val="004F5B3C"/>
     <w:rsid w:val="004F67C8"/>
     <w:rsid w:val="004F76C1"/>
     <w:rsid w:val="00501597"/>
     <w:rsid w:val="00502782"/>
     <w:rsid w:val="00511A96"/>
     <w:rsid w:val="0051216F"/>
     <w:rsid w:val="0051410B"/>
     <w:rsid w:val="0052082B"/>
     <w:rsid w:val="0052202D"/>
     <w:rsid w:val="005313D6"/>
     <w:rsid w:val="00532EB3"/>
     <w:rsid w:val="00541022"/>
     <w:rsid w:val="00542034"/>
     <w:rsid w:val="005453CA"/>
+    <w:rsid w:val="00545A04"/>
     <w:rsid w:val="00552DF0"/>
     <w:rsid w:val="005538A9"/>
     <w:rsid w:val="00557550"/>
     <w:rsid w:val="00557F2A"/>
+    <w:rsid w:val="005675D6"/>
     <w:rsid w:val="00570FAD"/>
     <w:rsid w:val="005725EE"/>
     <w:rsid w:val="0058612F"/>
     <w:rsid w:val="00597E6D"/>
     <w:rsid w:val="005A282A"/>
     <w:rsid w:val="005A4F2E"/>
     <w:rsid w:val="005A4FA9"/>
     <w:rsid w:val="005A7AB7"/>
     <w:rsid w:val="005B716C"/>
     <w:rsid w:val="005B753D"/>
     <w:rsid w:val="005C00F0"/>
     <w:rsid w:val="005C1BEF"/>
     <w:rsid w:val="005C24AF"/>
     <w:rsid w:val="005C3551"/>
     <w:rsid w:val="005D1FE1"/>
     <w:rsid w:val="005D590E"/>
     <w:rsid w:val="005D71C3"/>
     <w:rsid w:val="005D7396"/>
     <w:rsid w:val="005E017B"/>
     <w:rsid w:val="005E18C4"/>
     <w:rsid w:val="005E6146"/>
     <w:rsid w:val="005F07A7"/>
     <w:rsid w:val="005F0B91"/>
     <w:rsid w:val="005F347E"/>
     <w:rsid w:val="0060068F"/>
     <w:rsid w:val="006077F7"/>
     <w:rsid w:val="0061026C"/>
     <w:rsid w:val="00612B34"/>
     <w:rsid w:val="006172E3"/>
     <w:rsid w:val="006203CC"/>
     <w:rsid w:val="00627A36"/>
     <w:rsid w:val="0063259E"/>
     <w:rsid w:val="00632F5B"/>
-    <w:rsid w:val="00634907"/>
     <w:rsid w:val="00646DCA"/>
     <w:rsid w:val="006608BC"/>
     <w:rsid w:val="006621A3"/>
     <w:rsid w:val="00670F22"/>
     <w:rsid w:val="00673C69"/>
+    <w:rsid w:val="00680457"/>
     <w:rsid w:val="0068349A"/>
     <w:rsid w:val="00690E7E"/>
     <w:rsid w:val="006A090C"/>
     <w:rsid w:val="006A46D5"/>
     <w:rsid w:val="006A5EEE"/>
     <w:rsid w:val="006A66C2"/>
     <w:rsid w:val="006B0BC8"/>
     <w:rsid w:val="006B5C2D"/>
     <w:rsid w:val="006C636F"/>
     <w:rsid w:val="006C6D2E"/>
     <w:rsid w:val="006E5D65"/>
     <w:rsid w:val="007042FC"/>
     <w:rsid w:val="007048EB"/>
     <w:rsid w:val="00706F1C"/>
     <w:rsid w:val="00710BEE"/>
     <w:rsid w:val="0071260B"/>
     <w:rsid w:val="00714DF1"/>
     <w:rsid w:val="00717FC6"/>
     <w:rsid w:val="0072042E"/>
     <w:rsid w:val="00720F51"/>
     <w:rsid w:val="00731F4E"/>
     <w:rsid w:val="0073520B"/>
     <w:rsid w:val="00751F50"/>
     <w:rsid w:val="00754429"/>
     <w:rsid w:val="00755481"/>
     <w:rsid w:val="00774947"/>
     <w:rsid w:val="00784AC4"/>
     <w:rsid w:val="00790A17"/>
     <w:rsid w:val="00794FF7"/>
     <w:rsid w:val="00795E51"/>
     <w:rsid w:val="00797648"/>
     <w:rsid w:val="007B24AE"/>
     <w:rsid w:val="007B44F0"/>
     <w:rsid w:val="007B4C75"/>
     <w:rsid w:val="007B7718"/>
     <w:rsid w:val="007D1345"/>
     <w:rsid w:val="007D3DAC"/>
+    <w:rsid w:val="007E1E20"/>
     <w:rsid w:val="007E3DF1"/>
     <w:rsid w:val="007F03AA"/>
     <w:rsid w:val="007F51B8"/>
     <w:rsid w:val="007F5968"/>
     <w:rsid w:val="0081475E"/>
     <w:rsid w:val="00823945"/>
     <w:rsid w:val="00825AAC"/>
     <w:rsid w:val="00834695"/>
     <w:rsid w:val="00835313"/>
     <w:rsid w:val="00836EB4"/>
     <w:rsid w:val="00837A5E"/>
     <w:rsid w:val="008462F4"/>
     <w:rsid w:val="00846E25"/>
     <w:rsid w:val="00847110"/>
     <w:rsid w:val="008716C3"/>
     <w:rsid w:val="0087361E"/>
     <w:rsid w:val="00880554"/>
     <w:rsid w:val="00887708"/>
     <w:rsid w:val="0088772D"/>
     <w:rsid w:val="00891D77"/>
     <w:rsid w:val="00892158"/>
     <w:rsid w:val="008B34F1"/>
     <w:rsid w:val="008B35B7"/>
     <w:rsid w:val="008C2453"/>
     <w:rsid w:val="008C25CC"/>
     <w:rsid w:val="008C309F"/>
     <w:rsid w:val="008C5163"/>
     <w:rsid w:val="008C5C4E"/>
     <w:rsid w:val="008D18E3"/>
     <w:rsid w:val="008D4B58"/>
     <w:rsid w:val="008D59A8"/>
     <w:rsid w:val="008E1103"/>
     <w:rsid w:val="008E5462"/>
     <w:rsid w:val="008E5FA7"/>
     <w:rsid w:val="008E65EB"/>
     <w:rsid w:val="008F5183"/>
     <w:rsid w:val="00924CCC"/>
     <w:rsid w:val="00931A1A"/>
     <w:rsid w:val="009323CB"/>
     <w:rsid w:val="009327AF"/>
     <w:rsid w:val="009356D1"/>
     <w:rsid w:val="00936D58"/>
+    <w:rsid w:val="009426BD"/>
     <w:rsid w:val="009455F2"/>
     <w:rsid w:val="00952C9D"/>
     <w:rsid w:val="00964046"/>
     <w:rsid w:val="00964951"/>
     <w:rsid w:val="00970B51"/>
     <w:rsid w:val="009722E3"/>
     <w:rsid w:val="00976C7A"/>
     <w:rsid w:val="00982E71"/>
     <w:rsid w:val="00993985"/>
     <w:rsid w:val="009A43E8"/>
     <w:rsid w:val="009B2044"/>
     <w:rsid w:val="009C7A2E"/>
     <w:rsid w:val="009D55EA"/>
     <w:rsid w:val="009D7C6A"/>
     <w:rsid w:val="009E0731"/>
     <w:rsid w:val="009E6318"/>
     <w:rsid w:val="009E78D2"/>
     <w:rsid w:val="009F0654"/>
     <w:rsid w:val="009F5F47"/>
     <w:rsid w:val="00A03591"/>
     <w:rsid w:val="00A1143E"/>
     <w:rsid w:val="00A1401E"/>
     <w:rsid w:val="00A21406"/>
     <w:rsid w:val="00A216BB"/>
     <w:rsid w:val="00A34CF9"/>
     <w:rsid w:val="00A4102E"/>
     <w:rsid w:val="00A52B14"/>
     <w:rsid w:val="00A61193"/>
     <w:rsid w:val="00A61E23"/>
     <w:rsid w:val="00A673B3"/>
     <w:rsid w:val="00A67497"/>
     <w:rsid w:val="00A723A7"/>
     <w:rsid w:val="00A84278"/>
     <w:rsid w:val="00A84C8A"/>
     <w:rsid w:val="00A9306B"/>
     <w:rsid w:val="00A956FE"/>
     <w:rsid w:val="00A959F6"/>
     <w:rsid w:val="00AA63BE"/>
     <w:rsid w:val="00AB5A7D"/>
     <w:rsid w:val="00AB7997"/>
     <w:rsid w:val="00AC40A7"/>
     <w:rsid w:val="00AD2758"/>
     <w:rsid w:val="00AD3062"/>
     <w:rsid w:val="00AD5067"/>
     <w:rsid w:val="00AD7A00"/>
+    <w:rsid w:val="00AE2E11"/>
     <w:rsid w:val="00B0221B"/>
     <w:rsid w:val="00B05A6B"/>
     <w:rsid w:val="00B119AD"/>
     <w:rsid w:val="00B300C0"/>
     <w:rsid w:val="00B30252"/>
     <w:rsid w:val="00B42AEE"/>
     <w:rsid w:val="00B4559A"/>
     <w:rsid w:val="00B53E1A"/>
     <w:rsid w:val="00B57D03"/>
     <w:rsid w:val="00B63EF1"/>
     <w:rsid w:val="00B70F71"/>
     <w:rsid w:val="00B823D1"/>
     <w:rsid w:val="00B917C2"/>
     <w:rsid w:val="00B945BD"/>
     <w:rsid w:val="00B97FA0"/>
     <w:rsid w:val="00BA3372"/>
     <w:rsid w:val="00BB291B"/>
     <w:rsid w:val="00BB2D42"/>
     <w:rsid w:val="00BB55E6"/>
     <w:rsid w:val="00BC72CA"/>
     <w:rsid w:val="00C00FBF"/>
     <w:rsid w:val="00C0665B"/>
     <w:rsid w:val="00C07FB1"/>
     <w:rsid w:val="00C1748F"/>
     <w:rsid w:val="00C23689"/>
     <w:rsid w:val="00C25B66"/>
     <w:rsid w:val="00C31F35"/>
     <w:rsid w:val="00C34A02"/>
     <w:rsid w:val="00C45339"/>
     <w:rsid w:val="00C50F25"/>
     <w:rsid w:val="00C577BF"/>
     <w:rsid w:val="00C624A0"/>
     <w:rsid w:val="00C651D2"/>
     <w:rsid w:val="00C66FE0"/>
     <w:rsid w:val="00C73CEB"/>
     <w:rsid w:val="00C73D48"/>
     <w:rsid w:val="00C812C4"/>
     <w:rsid w:val="00C87033"/>
     <w:rsid w:val="00C91942"/>
     <w:rsid w:val="00C93B0F"/>
     <w:rsid w:val="00CA0219"/>
     <w:rsid w:val="00CA3CD2"/>
     <w:rsid w:val="00CA6A1E"/>
     <w:rsid w:val="00CA7DD2"/>
+    <w:rsid w:val="00CB0267"/>
     <w:rsid w:val="00CB0B57"/>
     <w:rsid w:val="00CB1F07"/>
     <w:rsid w:val="00CB245D"/>
     <w:rsid w:val="00CB24C2"/>
     <w:rsid w:val="00CB2CC4"/>
     <w:rsid w:val="00CC214D"/>
     <w:rsid w:val="00CC45E8"/>
     <w:rsid w:val="00CC6D81"/>
     <w:rsid w:val="00CC7BC7"/>
     <w:rsid w:val="00CD5A32"/>
     <w:rsid w:val="00CE3508"/>
     <w:rsid w:val="00CF5E14"/>
     <w:rsid w:val="00D07E42"/>
     <w:rsid w:val="00D10F90"/>
     <w:rsid w:val="00D118E8"/>
     <w:rsid w:val="00D12F39"/>
     <w:rsid w:val="00D22D61"/>
     <w:rsid w:val="00D24FE1"/>
     <w:rsid w:val="00D262A7"/>
     <w:rsid w:val="00D2681E"/>
     <w:rsid w:val="00D26F2E"/>
     <w:rsid w:val="00D3398D"/>
     <w:rsid w:val="00D44F10"/>
     <w:rsid w:val="00D509E2"/>
     <w:rsid w:val="00D54199"/>
     <w:rsid w:val="00D55ED4"/>
     <w:rsid w:val="00D56A62"/>
     <w:rsid w:val="00D5794D"/>
     <w:rsid w:val="00D605FA"/>
     <w:rsid w:val="00D6157F"/>
     <w:rsid w:val="00D6298E"/>
     <w:rsid w:val="00D630E2"/>
     <w:rsid w:val="00D66972"/>
     <w:rsid w:val="00D66D86"/>
     <w:rsid w:val="00D74D15"/>
     <w:rsid w:val="00D759BC"/>
     <w:rsid w:val="00D7791C"/>
     <w:rsid w:val="00D811BE"/>
     <w:rsid w:val="00D83ED7"/>
     <w:rsid w:val="00D84BF8"/>
     <w:rsid w:val="00D86418"/>
     <w:rsid w:val="00D87E0C"/>
     <w:rsid w:val="00DB5472"/>
     <w:rsid w:val="00DD7743"/>
     <w:rsid w:val="00DE0C2E"/>
     <w:rsid w:val="00DE0D2C"/>
     <w:rsid w:val="00DE393B"/>
+    <w:rsid w:val="00DE567F"/>
     <w:rsid w:val="00DF01EA"/>
     <w:rsid w:val="00DF6FA9"/>
     <w:rsid w:val="00E01098"/>
     <w:rsid w:val="00E04BEA"/>
     <w:rsid w:val="00E1795A"/>
     <w:rsid w:val="00E2274B"/>
     <w:rsid w:val="00E256A0"/>
     <w:rsid w:val="00E27D0C"/>
     <w:rsid w:val="00E36447"/>
     <w:rsid w:val="00E4371F"/>
     <w:rsid w:val="00E54B6B"/>
     <w:rsid w:val="00E579B0"/>
     <w:rsid w:val="00E65C58"/>
     <w:rsid w:val="00E85051"/>
     <w:rsid w:val="00E87B4D"/>
     <w:rsid w:val="00E90366"/>
     <w:rsid w:val="00E91179"/>
+    <w:rsid w:val="00E955D5"/>
     <w:rsid w:val="00EA0D05"/>
     <w:rsid w:val="00EA3701"/>
     <w:rsid w:val="00EA3FE4"/>
-    <w:rsid w:val="00EB23E9"/>
     <w:rsid w:val="00EC30CD"/>
     <w:rsid w:val="00EC39C8"/>
     <w:rsid w:val="00EC62BA"/>
     <w:rsid w:val="00ED54BB"/>
     <w:rsid w:val="00EE5E4A"/>
     <w:rsid w:val="00EF02CB"/>
     <w:rsid w:val="00EF37D7"/>
     <w:rsid w:val="00EF76DD"/>
     <w:rsid w:val="00F01D2B"/>
     <w:rsid w:val="00F02E4B"/>
     <w:rsid w:val="00F05346"/>
     <w:rsid w:val="00F05E54"/>
     <w:rsid w:val="00F25EAD"/>
     <w:rsid w:val="00F328DE"/>
     <w:rsid w:val="00F3310E"/>
     <w:rsid w:val="00F3561F"/>
     <w:rsid w:val="00F3727F"/>
     <w:rsid w:val="00F3780D"/>
     <w:rsid w:val="00F4569F"/>
     <w:rsid w:val="00F6408A"/>
     <w:rsid w:val="00F77890"/>
     <w:rsid w:val="00F77D73"/>
     <w:rsid w:val="00F8126D"/>
     <w:rsid w:val="00F90DF6"/>
     <w:rsid w:val="00F91700"/>
@@ -17834,82 +17394,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70637411-A872-4038-9C93-C428C499D2E4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{344D7D48-E772-4456-9D40-4D1064C1DB04}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JoMA - Şablon dosyası</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>16305</Characters>
+  <Pages>1</Pages>
+  <Words>2871</Words>
+  <Characters>16367</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
+  <Lines>136</Lines>
   <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19127</CharactersWithSpaces>
+  <CharactersWithSpaces>19200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>